--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -3,119 +3,126 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5AB6D15B" w14:textId="5FFC061B" w:rsidR="003E5419" w:rsidRPr="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="5AB6D15B" w14:textId="56955CB4" w:rsidR="003E5419" w:rsidRPr="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Договор №</w:t>
       </w:r>
       <w:r w:rsidRPr="00E844FF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>к/</w:t>
+      <w:r w:rsidR="00A83932">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF5A9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00F34C16">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="328A8745" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>о корпоративном обслуживании</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07743B89" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="111CA59A" w14:textId="5B618448" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="111CA59A" w14:textId="454D14E6" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9752"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>г. Москва</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -124,128 +131,143 @@
       </w:r>
       <w:r w:rsidRPr="00E844FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>» _____________ 20</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF5A9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00F34C16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1309CC94" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79FA161D" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="79FA161D" w14:textId="3A7A6F0F" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ООО «Агентство САМОЛЕТ», именуемое в дальнейшем «Исполнитель», в лице Генерального директора Гриня Михаила Александровича, действующего на основании Устава, с одной стороны, и____________________________________</w:t>
+        <w:t xml:space="preserve">ООО «Агентство САМОЛЕТ», именуемое в дальнейшем «Исполнитель», в лице Генерального директора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Гриня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Михаила Александровича, действующего на основании Устава, с одной стороны, и____________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00962082">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, именуемое в дальнейшем «Заказчик»,  в лице</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="000516FA" w:rsidRPr="00BF5A9B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________________________,  действующего на основании ____________, </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>c</w:t>
+      <w:r w:rsidR="00A83932" w:rsidRPr="00A83932">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> другой стороны, совместно именуемые «Стороны», принимая во внимание свою надлежащую правовую организацию, заключили настоящий Договор (далее – «Договор») о нижеследующем:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2F5A43" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A67C67" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="0020294F" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
@@ -482,51 +504,69 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Своевременно, не позднее оговоренного с менеджером Исполнителя срока,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> подавать заявки на услуги, указанные в п.п. 1.2. Договора, с указанием конкретных дат и маршрутов следования, категории обслуживания, перечнем лиц с указанием их паспортных данных, а также иных данных, необходимых для полного, качественного и своевременного оказания Исполнителем услуг.</w:t>
+        <w:t xml:space="preserve"> подавать заявки на услуги, указанные в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>п.п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 1.2. Договора, с указанием конкретных дат и маршрутов следования, категории обслуживания, перечнем лиц с указанием их паспортных данных, а также иных данных, необходимых для полного, качественного и своевременного оказания Исполнителем услуг.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52430659" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.3.2. Незамедлительно информировать Исполнителя обо всех изменениях в заявке либо ее аннулировании.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="705753AE" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:tabs>
@@ -616,51 +656,67 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.3.7. Использовать места, предварительно бронируемые на авиарейсы в офисах (кассах) Исполнителя, а в случае необходимости, своевременно (не позднее срока, оговоренного при бронировании) информировать Исполнителя об аннулировании бронирования или изменении даты вылета. Не производить двойных и/или фиктивных бронирований (без указания фамилий реальных пассажиров).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FA7D3F" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="008510B0" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008510B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2.3.8. Предоставить свое согласие на автоматизированную и неавтоматизированную обработку своих персональных данных (ФИО, контактный e-mail, контактный телефон и другие персональные данные) в соответствии с Федеральным законом № 152-ФЗ «О персональных данных» в целях исполнения настоящего договора.</w:t>
+        <w:t xml:space="preserve">2.3.8. Предоставить свое согласие на автоматизированную и неавтоматизированную обработку своих персональных данных (ФИО, контактный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008510B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008510B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, контактный телефон и другие персональные данные) в соответствии с Федеральным законом № 152-ФЗ «О персональных данных» в целях исполнения настоящего договора.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA393A8" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.3.9. Выполнять иные обязанности, предусмотренные настоящим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D646F98" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="-2" w:firstLine="708"/>
@@ -769,51 +825,69 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.4.4. Информировать Заказчика об условиях и сроках аннулирования или изменения заказа и о размерах штрафных санкций, при возникновении таких случаев.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737F3F96" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2.4.5. Предоставлять льготные условия при оказании услуг, указанных в п.п. 1.2. Договора, в соответствии с Приложением № 1 к Договору.</w:t>
+        <w:t xml:space="preserve">2.4.5. Предоставлять льготные условия при оказании услуг, указанных в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>п.п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 1.2. Договора, в соответствии с Приложением № 1 к Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B75FB7" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.4.6. В срок не более 1 (одного) часа с момента получения Заявки приступить к её исполнению.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDFE3FE" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="-2" w:firstLine="708"/>
@@ -919,51 +993,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>по вопросам предоставления туристических услуг, выставления счетов и взаиморасчетов.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721BCB25" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2.4.10. Ежемесячно, не позднее 5 (пятого) числа месяца, следующего за месяцем оказания услуг, направить Заказчику Акт о выполнении услуг с приложением указанного в пп. 3.10. настоящего Договора Акта сверки расчётов.</w:t>
+        <w:t xml:space="preserve">2.4.10. Ежемесячно, не позднее 5 (пятого) числа месяца, следующего за месяцем оказания услуг, направить Заказчику Акт о выполнении услуг с приложением указанного в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>пп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 3.10. настоящего Договора Акта сверки расчётов.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4D37EA" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9180"/>
         </w:tabs>
         <w:ind w:right="61" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>При наличии возражений по Акту Заказчик информирует о них Исполнителя в течение 3 (трех) рабочих дней со дня его получения путем направления в адрес Исполнителя объективных мотивированных оснований отказа. При отсутствии возражений со стороны Заказчика он обязан возвратить в течение 4 (четырех) рабочих дней со дня получения Акта от Исполнителя подписанный со своей стороны экземпляр Акта о выполнении услуг. После подписания Акта Заказчиком Исполнитель незамедлительно направляет ему счет-фактуру.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4066CE05" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
@@ -1261,72 +1353,100 @@
     </w:p>
     <w:p w14:paraId="62CEAC65" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>путем предварительного перечисления денежных средств (аванса) на счет Исполнителя за будущие перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB89681" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="2DB89681" w14:textId="6DE291A1" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>кредитными картами (в том числе корпоративными) или другими иным способом (взаимозачет, бартер и т.д.) по отдельному соглашению.</w:t>
+        <w:t>кредитными картами (в том числе корпоративными) или иным</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83932">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83932">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (взаимозачет, бартер и т.д.) по отдельному соглашению.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4F0D42" w14:textId="77777777" w:rsidR="00F31FFC" w:rsidRDefault="003E5419" w:rsidP="00F31FFC">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1429"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1429"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1973,101 +2093,101 @@
       </w:pPr>
       <w:r w:rsidRPr="0020294F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6. СРОК ДЕЙСТВИЯ ДОГОВОРА. ДОСРОЧНОЕ РАСТОРЖЕНИЕ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF212C5" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50C6D493" w14:textId="339A6E49" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="50C6D493" w14:textId="404A41F7" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1. Настоящий Договор вступает в силу с момента его подписания Сторонами и действует до «31» декабря</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00392E27" w:rsidRPr="00392E27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00F34C16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00392E27" w:rsidRPr="00392E27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>года, включительно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2085,51 +2205,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>При отсутствии письменного уведомления одной из сторон за 30 (тридцать) календарных дней до дня окончания срока действия настоящего Договора, его действие считается пролонгированным на один календарный год.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087499EE" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>6.2. Любая из сторон вправе в любой момент отказаться от исполнения настоящего  Договора в одностороннем порядке основании письменного уведомления другой стороны не менее чем за 15 (пятнадцать) календарных дней до предполагаемой даты расторжения, за исключением случаев расторжения Договора в порядке, указанном в п. 6.3. настоящего Договора.</w:t>
+        <w:t xml:space="preserve">6.2. Любая из сторон вправе в любой момент отказаться от исполнения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>настоящего  Договора</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в одностороннем порядке основании письменного уведомления другой стороны не менее чем за 15 (пятнадцать) календарных дней до предполагаемой даты расторжения, за исключением случаев расторжения Договора в порядке, указанном в п. 6.3. настоящего Договора.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C41F255" w14:textId="409AD6A8" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Договор может быть расторгнут по инициативе Исполнителя в случае, если фактический объем продаж по линии Заказчика за 3 (три) месяца сотрудничества по данному Договору составляет менее 100</w:t>
       </w:r>
       <w:r w:rsidR="00010BB5">
         <w:rPr>
@@ -2899,57 +3035,67 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Расчетный счет № 40702810302660000185</w:t>
             </w:r>
             <w:r w:rsidRPr="000546A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>в АО «Альфа-Банк», г. Москва</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B3D6AFD" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="000546A8" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000546A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Кор.счет № 30101810200000000593</w:t>
+              <w:t>Кор.счет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000546A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30101810200000000593</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E3E4F45" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="000546A8" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000546A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>БИК: 044525593</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0773B800" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="000546A8" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
@@ -2982,91 +3128,110 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(495) 788-44-22</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D6698BC" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...9 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="0014714F">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="0014714F" w:rsidRPr="00A83932">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "mailto:info@samolet.info" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0014714F">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005A4AED">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>info@samolet.info</w:t>
+            </w:r>
+            <w:r w:rsidR="0014714F">
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
           <w:p w14:paraId="63FE621A" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">айт: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="005A4AED">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>http://www.samolet.info</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5006" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31065863" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3334,57 +3499,67 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Расчетный счет № _______________________</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>в _____________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C4C655A" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Кор.счет № _____________________________</w:t>
+              <w:t>Кор.счет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A4AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № _____________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19D9176C" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>БИК: _________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3864491A" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
@@ -3407,57 +3582,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(___) ___-__-__</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A552D21" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>E-mail : ____________________</w:t>
+              <w:t>E-mail :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A4AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30B13E28" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="005A4AED" w:rsidRDefault="003E5419" w:rsidP="003E5419">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>С</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4AED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3647,113 +3832,113 @@
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73F0F957" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="008B0FF6" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9A870C" w14:textId="348D17B8" w:rsidR="003E5419" w:rsidRPr="00ED328A" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="7E9A870C" w14:textId="744E6337" w:rsidR="003E5419" w:rsidRPr="00ED328A" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B0FF6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>к Договору № _</w:t>
       </w:r>
       <w:r w:rsidRPr="00811B63">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="008B0FF6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__К/</w:t>
       </w:r>
       <w:r w:rsidR="002B632B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
+      <w:r w:rsidR="00F34C16">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008B0FF6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> от «___» ___________ 20</w:t>
       </w:r>
       <w:r w:rsidR="002B632B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
+      <w:r w:rsidR="00F34C16">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> г</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED328A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093BCEB9" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3862,51 +4047,67 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00207C06">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00207C06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Предоставление доступа к online-бронированию авиа и ж/д билетов через сайт Исполнителя – бесплатно.</w:t>
+        <w:t xml:space="preserve">Предоставление доступа к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00207C06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00207C06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-бронированию авиа и ж/д билетов через сайт Исполнителя – бесплатно.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C75C60F" w14:textId="3EA6AA9A" w:rsidR="003E5419" w:rsidRPr="00207C06" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00207C06">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00207C06">
@@ -4211,52 +4412,62 @@
           <w:p w14:paraId="530D0A9C" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="00BF5A9B" w:rsidP="003112C5">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
             <w:r w:rsidR="003E5419">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>М.А. Гринь</w:t>
+              <w:t xml:space="preserve">М.А. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003E5419">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Гринь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="365CE308" w14:textId="77777777" w:rsidR="002B632B" w:rsidRDefault="002B632B" w:rsidP="002B632B">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Генеральный директор</w:t>
             </w:r>
           </w:p>
@@ -4346,103 +4557,103 @@
         <w:pStyle w:val="9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F1D56">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ПРИЛОЖЕНИЕ № 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2038F4BE" w14:textId="1D8E6F1C" w:rsidR="003E5419" w:rsidRPr="00ED328A" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="2038F4BE" w14:textId="13B57E49" w:rsidR="003E5419" w:rsidRPr="00ED328A" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="9"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED328A">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>к Договору № ___К/</w:t>
       </w:r>
       <w:r w:rsidR="002B632B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
+      <w:r w:rsidR="00F34C16">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED328A">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> от «___» __________ 20</w:t>
       </w:r>
       <w:r w:rsidR="002B632B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000546A8">
+      <w:r w:rsidR="00F34C16">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED328A">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4411DAEA" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C081E31" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
@@ -4460,89 +4671,88 @@
           <w:bottom w:val="single" w:sz="1" w:space="2" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>с указанием полного наименования организации, ИНН/КПП, юридического адреса</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3959DA49" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4717F77D" w14:textId="05AC5B7E" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
+    <w:p w14:paraId="4717F77D" w14:textId="71D9C6C4" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10504"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Исх.№______ от «____» ____________ 20</w:t>
       </w:r>
       <w:r w:rsidR="002B632B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0043435B">
+      <w:r w:rsidR="00F34C16">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>5</w:t>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>г.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>В ООО «Агентство САМОЛЁТ»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D7E4F7F" w14:textId="77777777" w:rsidR="003E5419" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:jc w:val="right"/>
@@ -6833,51 +7043,51 @@
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:line w14:anchorId="01F3962E" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="383.15pt,-351.45pt" to="482.15pt,-351.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1fwxUggEAAPQCAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1vGyEQvVfKf0Dca9au2lTI6xwSpZe0&#10;tZTkB4xZ8KIAgxjiXf/7AomdftyqXEbLfLx9782sr2bv2EEnshh6vlx0nOmgcLBh3/PHh9uPXzmj&#10;DGEAh0H3/KiJX20uPqynKPUKR3SDTqyABJJT7PmYc5RCkBq1B1pg1KEUDSYPuTzTXgwJpoLunVh1&#10;3RcxYRpiQqWJSvbmpcg3Dd8YrfJPY0hn5npeuOUWU4u7GsVmDXKfII5WvdKA/2DhwYby0zPUDWRg&#10;z8n+A+WtSkho8kKhF2iMVbppKGqW3V9q7keIumkp5lA820TvB6t+HK7DNlXqag738Q7VE7GA1yOE&#10;vW4EHo6xLG5ZrRJTJHkeqQ+K28R203ccSg88Z2wuzCb5Cln0sbmZfTybrefMVEkuV58vP3VlJ+pU&#10;EyBPgzFR/qbRs/rRc2dD9QEkHO4oVyIgTy01HfDWOtd26cIfidJYM4145VoPg+QOh+M2nQQVaxvi&#10;6xnU3f3+btNvx7r5BQAA//8DAFBLAwQUAAYACAAAACEAKP0WseAAAAANAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkblvKhtq1NJ0QCDhwYkOauGWN13ZrnKrJ2u7tMQcER//+9Ptz&#10;vp5sKwbsfeNIwd08AoFUOtNQpeBz+zJbgfBBk9GtI1RwQQ/r4voq15lxI33gsAmV4BLymVZQh9Bl&#10;UvqyRqv93HVIvDu43urAY19J0+uRy20rF1EUS6sb4gu17vCpxvK0OVsF/vm0c8ev8W01pP0W3y+7&#10;MnldKnV7Mz0+gAg4hT8YfvRZHQp22rszGS9aBUkcLxlVMEuiRQqCkTS+52j/G8kil/+/KL4BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtX8MVIIBAAD0AgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKP0WseAAAAANAQAADwAAAAAAAAAAAAAAAADc&#10;AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOkEAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003E5419">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>По счету</w:t>
       </w:r>
       <w:r w:rsidR="003E5419">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF5A9B" w:rsidRPr="00BF5A9B">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -6947,51 +7157,51 @@
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:round/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:line w14:anchorId="4216D70C" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="428.15pt,3.3pt" to="518.15pt,3.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJWPL3ggEAAPQCAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1vGyEQvVfKf0DcY3aTqqqQ1zkkSi5J&#10;aynpDxiz4EUFBjHEu/73BRq7aXurehkt8/H2vTezvlm8YwedyGIYeL/qONNB4WjDfuDfXu4vP3NG&#10;GcIIDoMe+FETv9lcfFjPUeornNCNOrECEkjOceBTzlEKQWrSHmiFUYdSNJg85PJMezEmmAu6d+Kq&#10;6z6JGdMYEypNVLJ3P4t80/CN0Sp/NYZ0Zm7ghVtuMbW4q1Fs1iD3CeJk1RsN+AcWHmwoPz1D3UEG&#10;9prsX1DeqoSEJq8UeoHGWKWbhqKm7/5Q8zxB1E1LMYfi2Sb6f7Dqy+E2bFOlrpbwHB9RfScW8HaC&#10;sNeNwMsxlsX11SoxR5LnkfqguE1sNz/hWHrgNWNzYTHJV8iijy3N7OPZbL1kpkqy7z9ed13ZiTrV&#10;BMjTYEyUHzR6Vj8G7myoPoCEwyPlSgTkqaWmA95b59ouXfgtURprphGvXOthkNzheNymk6BibUN8&#10;O4O6u/fvNv3rWDc/AAAA//8DAFBLAwQUAAYACAAAACEAMCcn6N0AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7WVuFGnRKRpGqdCIODAqS1Sxc2NlyQ0Xke2m6R/j8OFHndmNPsm&#10;34y6ZT1a1xgSsJhHwJBKoxqqBHzuX+9TYM5LUrI1hAIu6GBT3N7kMlNmoC32O1+xUEIukwJq77uM&#10;c1fWqKWbmw4peN/GaunDaSuurBxCuW75QxQlXMuGwodadvhcY3nanbUA93I6mJ+v4T3tV3aPH5dD&#10;uXyLhbibjU9rYB5H/x+GCT+gQxGYjuZMyrFWQPqYxCEqIEmATX4UT8LxT+BFzq8HFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAyVjy94IBAAD0AgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAMCcn6N0AAAAIAQAADwAAAAAAAAAAAAAAAADcAwAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOYEAAAAAA==&#10;" stroked="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003E5419">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Наличными</w:t>
       </w:r>
       <w:r w:rsidR="003E5419">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Oea_ie3"/>
       <w:r w:rsidR="00BF5A9B" w:rsidRPr="00BF5A9B">
         <w:rPr>
@@ -7309,110 +7519,126 @@
         <w:t>________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B15189" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="00E72BE0" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:line="200" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Подпись</w:t>
       </w:r>
       <w:r w:rsidRPr="00E72BE0">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> уполномоченного лица  ________________ /_____________________________________/</w:t>
+        <w:t xml:space="preserve"> уполномоченного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E72BE0">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>лица  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E72BE0">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>_______________ /_____________________________________/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B91DE32" w14:textId="77777777" w:rsidR="003E5419" w:rsidRPr="001F1D56" w:rsidRDefault="003E5419" w:rsidP="003E5419">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3392"/>
           <w:tab w:val="left" w:pos="5088"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E72BE0">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>МП</w:t>
       </w:r>
       <w:r w:rsidRPr="00E72BE0">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ФИО)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4605ED72" w14:textId="77777777" w:rsidR="00EA36D9" w:rsidRDefault="00EA36D9"/>
     <w:sectPr w:rsidR="00EA36D9" w:rsidSect="00A540FF">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="284" w:right="1077" w:bottom="1440" w:left="1191" w:header="720" w:footer="324" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="132EFB9E" w14:textId="77777777" w:rsidR="00FE26EF" w:rsidRDefault="00FE26EF">
+    <w:p w14:paraId="392C034D" w14:textId="77777777" w:rsidR="0014714F" w:rsidRDefault="0014714F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="658BEB5E" w14:textId="77777777" w:rsidR="00FE26EF" w:rsidRDefault="00FE26EF">
+    <w:p w14:paraId="2F5FDC2B" w14:textId="77777777" w:rsidR="0014714F" w:rsidRDefault="0014714F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -7490,94 +7716,102 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0B2C284D" w14:textId="77777777" w:rsidR="00EA36D9" w:rsidRDefault="000516FA" w:rsidP="00760CFC">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>______________М.А.Гринь</w:t>
+      <w:t>______________</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>М.А.Гринь</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t>___</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>____</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>_____</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>______</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63D3F8F4" w14:textId="77777777" w:rsidR="00FE26EF" w:rsidRDefault="00FE26EF">
+    <w:p w14:paraId="3FE75875" w14:textId="77777777" w:rsidR="0014714F" w:rsidRDefault="0014714F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CA19456" w14:textId="77777777" w:rsidR="00FE26EF" w:rsidRDefault="00FE26EF">
+    <w:p w14:paraId="14F8D9ED" w14:textId="77777777" w:rsidR="0014714F" w:rsidRDefault="0014714F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -8098,102 +8332,106 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="270"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E5419"/>
     <w:rsid w:val="00010BB5"/>
     <w:rsid w:val="00045A54"/>
     <w:rsid w:val="000516FA"/>
     <w:rsid w:val="000546A8"/>
     <w:rsid w:val="00087680"/>
+    <w:rsid w:val="0014714F"/>
     <w:rsid w:val="002B632B"/>
     <w:rsid w:val="00335882"/>
     <w:rsid w:val="00380D59"/>
     <w:rsid w:val="00392E27"/>
     <w:rsid w:val="003E5419"/>
     <w:rsid w:val="0043435B"/>
     <w:rsid w:val="004C306B"/>
     <w:rsid w:val="005775CF"/>
     <w:rsid w:val="0073504B"/>
     <w:rsid w:val="00764ABD"/>
     <w:rsid w:val="00946DD5"/>
     <w:rsid w:val="009E35FD"/>
     <w:rsid w:val="00A31230"/>
     <w:rsid w:val="00A540FF"/>
+    <w:rsid w:val="00A83932"/>
     <w:rsid w:val="00A9434E"/>
     <w:rsid w:val="00BA13A2"/>
     <w:rsid w:val="00BD693B"/>
     <w:rsid w:val="00BF5A9B"/>
     <w:rsid w:val="00C951B3"/>
     <w:rsid w:val="00D61585"/>
     <w:rsid w:val="00EA36D9"/>
     <w:rsid w:val="00EE3280"/>
     <w:rsid w:val="00F31FFC"/>
+    <w:rsid w:val="00F34C16"/>
     <w:rsid w:val="00FA304A"/>
     <w:rsid w:val="00FE26EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -8920,56 +9158,71 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a1"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BF5A9B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1312323293">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.samolet.info/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@samolet.info" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.samolet.info/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9217,64 +9470,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2920</Words>
-  <Characters>16647</Characters>
+  <Characters>16645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>138</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DG Win&amp;Soft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19528</CharactersWithSpaces>
+  <CharactersWithSpaces>19526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>