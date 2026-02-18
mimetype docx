--- v0 (2025-10-31)
+++ v1 (2026-02-18)
@@ -1,129 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+    <w:p w14:paraId="6A286612" w14:textId="77777777" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Договор  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+    <w:p w14:paraId="2AE0A984" w14:textId="3A56C271" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">о корпоративном обслуживании  № </w:t>
+        <w:t xml:space="preserve">о корпоративном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00024E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>обслуживании  №</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00024E1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A021C4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00514F6E" w:rsidRPr="00514F6E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>КТ/</w:t>
       </w:r>
       <w:r w:rsidR="00A547D1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F4213F">
+      <w:r w:rsidR="003D376F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D3F2CA" w14:textId="77777777" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6915EDF2" w14:textId="78374B73" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>г. Москва</w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
@@ -134,120 +150,128 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">     «</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00024E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004309FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidR="00514F6E" w:rsidRPr="00CC210F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="004309FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A547D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F4213F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="003D376F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+    <w:p w14:paraId="09565075" w14:textId="77777777" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+    <w:p w14:paraId="4F594F6D" w14:textId="77777777" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
+    <w:p w14:paraId="3048E7E8" w14:textId="77777777" w:rsidR="00C23DC6" w:rsidRPr="00024E1D" w:rsidRDefault="00C23DC6" w:rsidP="00C23DC6">
       <w:pPr>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ООО «Темпо Тур», именуемое в дальнейшем «Исполнитель», в лице директора </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Акаевича В</w:t>
       </w:r>
       <w:r w:rsidR="0054448A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -353,537 +377,537 @@
         </w:rPr>
         <w:t>Устава</w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001151ED">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> другой стороны, совместно именуемые «Стороны», принимая во внимание свою надлежащую правовую организацию, заключили настоящий Договор (далее – «Договор») о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="77F58AEA" w14:textId="77777777" w:rsidR="00B56170" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="21DF38D5" w14:textId="77777777" w:rsidR="00B56170" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1. ПРЕДМЕТ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="0B9406BE" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. В соответствии с условиями настоящего Договора Исполнитель обязуется оказывать Заказчику услуги в сфере туристской деятельности, в том числе по организации приема и командирования сотрудников и делегаций на территории России и за рубежом, связанные с коммерческой деятельностью Заказчика, в сфере оформления пассажирских авиа и железнодорожных перевозок, а Заказчик обязуется оплатить услуги Исполнителя в порядке и в сроки, установленные в Договоре. При этом Заказчику известно, что Исполнитель, оказывая услуги, связанные с обеспечением Заказчика туристским продуктом, действует в качестве туристического агента со всеми полномочиями и в рамках ответственности, предусмотренных Федеральным законом «Об основах туристской деятельности в Российской Федерации». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="48D365D0" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.2. Полный перечень услуг, оказываемых Исполнителем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="70F5BEA4" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.2.1. В сфере туристской деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="1E9F90DE" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>паспортно-визовое обслуживание;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="6A854EB7" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>организация индивидуальных и групповых, деловых и корпоративных поездок, семинаров, конференций;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="1729B9EB" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">предоставление информации по международным мероприятиям в России и за рубежом; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="36CE3461" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">выставочные проекты; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075385E" w:rsidRDefault="0075385E" w:rsidP="0075385E">
+    <w:p w14:paraId="1FBC3612" w14:textId="77777777" w:rsidR="0075385E" w:rsidRDefault="0075385E" w:rsidP="0075385E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">бронирование </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ВИП и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CIP</w:t>
       </w:r>
       <w:r w:rsidRPr="00B013F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>залов в России и за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075385E" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="1273194C" w14:textId="77777777" w:rsidR="0075385E" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>бронирование конференц-залов в России и за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="649E3A65" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>организация приема и обслуживания иностранных гостей, делегаций и деловых партнеров в Р</w:t>
       </w:r>
       <w:r w:rsidR="0075385E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="253320F7" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>организация бронирования и размещения в гостиницах за рубежом и на территории РФ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="35846944" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">организация транспортного обслуживания за рубежом и на территории РФ; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="33C71EC2" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>организация страхования лиц, выезжающих за рубеж;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="78F3D622" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>другие, непосредственно связанные с вышеперечисленным, услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="3D6AD881" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.2.2. В сфере оформления пассажирских авиа и железнодорожных перевозок, не связанных с оказанием услуг, указанных в п.п. 1.2.1. Договора:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="470093F8" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>обеспечение авиационными билетами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="7C397964" w14:textId="77777777" w:rsidR="00132F39" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>обеспечение железнодорожными билетами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
+    <w:p w14:paraId="43F2EB89" w14:textId="77777777" w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00132F39" w:rsidP="00132F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.3.  Конкретный перечень необходимых услуг указывается Заказчиком и подтверждается подписанием Заказчиком Листа бронирования или Заявки на бронирование/выписку перевозки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="5942CA7F" w14:textId="77777777" w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="725F6145" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2. ОБЯЗАТЕЛЬСТВА СТОРОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="50238CED" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="7EE2397C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.1. Заказчик при заключении настоящего Договора предоставляет Исполнителю образцы фирменного бланка</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -923,472 +947,472 @@
         </w:rPr>
         <w:t>ями</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> уполномоченн</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ых</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> лиц Заказчика.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="47C43EA3" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.2. Заявку на бронирование и оформление услуг, оформленную на фирменном бланке с печатью и подписью уполномоченного лица Заказчик передает Исполнителю по факсу, электронной почте или иным способом по форме, установленной Приложением № 2 к настоящему Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="00B013F1">
+    <w:p w14:paraId="4EA3BEF7" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="00B013F1">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3. Заказчик обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="7AE1FC11" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Своевременно, не позднее оговоренного с менеджером Исполнителя срока,</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> подавать заявки на услуги, указанные в п.п. 1</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора, с указанием конкретных дат и маршрутов следования, категории обслуживания, перечнем лиц с указанием их паспортных данных, а также иных данных, необходимых для полного, качественного и своевременного оказания Исполнителем услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="4A901F6C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.2. Незамедлительно информировать Исполнителя обо всех изменениях в заявке либо ее аннулировании.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="161246D5" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9214"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.3. Информировать сотрудников своей организации, участвующих в деловых поездках и мероприятиях, о заказанных услугах и условиях их получения в соответствии с условиями настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="56340FA0" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.4. Своевременно оплачивать услуги Исполнителя в порядке, установленном ст.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="00B013F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3 настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="26485A73" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.5. В письменной форме незамедлительно информировать Исполнителя обо всех случаях изменения своего юридического статуса, реквизитов или адреса места нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="40C2A1C7" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.3.6. Обращаться для оказания услуг, предусмотренных настоящим Договором, преимущественно к Исполнителю.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="05C52B62" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.3.7. Использовать места, предварительно бронируемые на авиарейсы в офисах (кассах) Исполнителя, а в случае необходимости, своевременно (не позднее срока, оговоренного при бронировании) информировать Исполнителя об аннулировании бронирования или изменении даты вылета. Не производить двойных и/или фиктивных бронирований (без указания фамилий реальных пассажиров).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008510B0" w:rsidRPr="0023338C" w:rsidRDefault="008510B0" w:rsidP="008510B0">
+    <w:p w14:paraId="781E0B24" w14:textId="77777777" w:rsidR="008510B0" w:rsidRPr="0023338C" w:rsidRDefault="008510B0" w:rsidP="008510B0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3.8. Предоставить свое согласие на автоматизированную и неавтоматизированную обработку своих персональных данных (ФИО, контактный </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, контактный телефон и другие персональные данные) в соответствии с Федеральным законом № 152-ФЗ «О персональных данных» в целях исполнения настоящего договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="339E5B4A" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r w:rsidR="008510B0" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Выполнять иные обязанности, предусмотренные настоящим Договором.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="00B013F1">
+    <w:p w14:paraId="5D20FF6C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="00B013F1">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4. Исполнитель обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="55F3AE65" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="9180"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.1. Принимать заявки Заказчика к исполнению. При отсутствии мест и требуемого класса обслуживания на желаемую дату, либо невозможности исполнения услуг по другим причинам, Исполнитель обязуется информировать Заказчика и предложить устно (по телефону), либо в письменном виде (по  электронной почте), другие варианты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="00764292" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9180"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.2. Информировать Заказчика об изменениях в расписании движения авиационного  транспорта, изменениях тарифов, условий перевозки, условий и правил применения тарифов и других заказанных или забронированных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="53E48167" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="002C3604">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Информировать Заказчика об условиях и сроках аннулирования или изменения заказа и о размерах штрафных санкций, при возникновении таких случаев.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="00452643" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="002C3604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. Предоставлять льготные условия при оказании услуг, указанных в п.п. 1.2. Договора, в соответствии с Приложением № 1 к Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="77D98F1C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="002C3604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. В срок не более 1 (одного) часа с момента получения Заявки приступить к её исполнению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="70541CE8" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="002C3604">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. Осуществлять поддержку Заказчика по многоканальному  телефону:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B013F1" w:rsidRPr="00B013F1" w:rsidRDefault="00B013F1" w:rsidP="00B013F1">
+    <w:p w14:paraId="65E5E28B" w14:textId="77777777" w:rsidR="00B013F1" w:rsidRPr="00B013F1" w:rsidRDefault="00B013F1" w:rsidP="00B013F1">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">по вопросам бронирования услуг, указанных в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
@@ -1448,75 +1472,75 @@
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">а по безотлагательным вопросам оказания текущих забронированных </w:t>
       </w:r>
       <w:r w:rsidR="00003D9D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">и новых </w:t>
       </w:r>
       <w:r w:rsidRPr="00024E1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>услуг - круглосуточно, ежедневно</w:t>
       </w:r>
       <w:r w:rsidRPr="00B013F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="00F90145" w:rsidP="009D18D7">
+    <w:p w14:paraId="3F30EED9" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="00F90145" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>- по вопросам выставления счетов и взаиморасчетов – с 10.00 до 19.00 по рабочим дням</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="5347DA71" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00AE2F41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1528,247 +1552,247 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>пп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. 3.</w:t>
       </w:r>
       <w:r w:rsidR="00B013F1" w:rsidRPr="00B013F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. настоящего Договора Акта сверки расчётов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="0693F234" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9180"/>
         </w:tabs>
         <w:ind w:right="61" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>При наличии возражений по Акту Заказчик информирует о них Исполнителя в течение 3 (трех) рабочих дней со дня его получения путем направления в адрес Исполнителя объективных мотивированных оснований отказа. При отсутствии возражений со стороны Заказчика он обязан возвратить в течение 4 (четырех) рабочих дней со дня получения Акта от Исполнителя подписанный со своей стороны экземпляр Акта о выполнении услуг. После подписания Акта Заказчиком Исполнитель незамедлительно направляет ему счет-фактуру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="74BF5D80" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r w:rsidR="00AE2F41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. По требованию Заказчика назначить сотрудника (персонального куратора) для координации работы с Заказчиком.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="6C72E292" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="0E6AEA9C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>3. ПОРЯДОК ВЗАИМОДЕЙСТВИЯ СТОРОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="36B727FB" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ПО ОКАЗАНИЮ УСЛУГ И ПОРЯДОК РАСЧЕТОВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="2B85A2B3" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="40BF70B0" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.1. Заказчик направляет Исполнителю заявку с перечнем необходимых услуг, по форме и способом, указанным в п. 2.2 Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="0B52EA9B" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Исполнитель предоставляет </w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>услуги</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">и билеты </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>пассажирам, направляемым Заказчиком, по тарифам, действующим на момент оформления</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054448A" w:rsidRPr="0023338C" w:rsidRDefault="00A97465" w:rsidP="00A97465">
+    <w:p w14:paraId="06FEE78C" w14:textId="77777777" w:rsidR="0054448A" w:rsidRPr="0023338C" w:rsidRDefault="00A97465" w:rsidP="00A97465">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="0054448A" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0054448A" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Оплату услуг и билетов Заказчик производит путем предварительного перечисления денежных средств (аванса) на счет Исполнителя за будущие перевозки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF0219" w:rsidRPr="0023338C" w:rsidRDefault="0054448A" w:rsidP="00A97465">
+    <w:p w14:paraId="7C0591EA" w14:textId="77777777" w:rsidR="00AF0219" w:rsidRPr="0023338C" w:rsidRDefault="0054448A" w:rsidP="00A97465">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4. </w:t>
       </w:r>
       <w:r w:rsidR="00AF0219" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">При оплате по безналичной форме </w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>оформление услуг и билетов</w:t>
       </w:r>
@@ -1793,51 +1817,51 @@
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>проездных и иных документов на услуги</w:t>
       </w:r>
       <w:r w:rsidR="00AF0219" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> производится уполномоченному лицу по доверенности и заявке, </w:t>
       </w:r>
       <w:r w:rsidR="004650F9" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="00AF0219" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>формленной в соответствии с Договором.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="00A97465" w:rsidP="001B4723">
+    <w:p w14:paraId="7CBBB6B7" w14:textId="77777777" w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="00A97465" w:rsidP="001B4723">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="0054448A" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -1880,51 +1904,51 @@
       <w:r w:rsidR="0002782B" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">объема </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">расходов </w:t>
       </w:r>
       <w:r w:rsidR="003F049C" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>за предыдущий месяц</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="001B4723" w:rsidP="0006502A">
+    <w:p w14:paraId="485D7C4C" w14:textId="77777777" w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="001B4723" w:rsidP="0006502A">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="003F049C" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -2009,51 +2033,51 @@
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>новым</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> заявкам</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> и имеет право аннулировать неисполненные</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0006502A" w:rsidRPr="0023338C" w:rsidRDefault="0054448A" w:rsidP="0006502A">
+    <w:p w14:paraId="45764627" w14:textId="77777777" w:rsidR="0006502A" w:rsidRPr="0023338C" w:rsidRDefault="0054448A" w:rsidP="0006502A">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7" w:rsidRPr="00696AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="0006502A" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2078,429 +2102,429 @@
       <w:r w:rsidR="00A97465" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ОАО «РЖД» </w:t>
       </w:r>
       <w:r w:rsidR="00A97465" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">и других Поставщиков услуг </w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>на основании заявки, оформленной в соответствии с Договором.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="003F049C" w:rsidP="0006502A">
+    <w:p w14:paraId="656E1823" w14:textId="77777777" w:rsidR="001B4723" w:rsidRPr="0023338C" w:rsidRDefault="003F049C" w:rsidP="0006502A">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7" w:rsidRPr="00696AF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0006502A" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C23DC6" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Стороны ежемесячно, не позднее 5-го числа, проводят сверку взаиморасчетов, результаты которой отражаются в соответствующем Акте, скрепленном подписями Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF0219" w:rsidRPr="0023338C" w:rsidRDefault="00AF0219" w:rsidP="009D18D7">
+    <w:p w14:paraId="4BA0EBFA" w14:textId="77777777" w:rsidR="00AF0219" w:rsidRPr="0023338C" w:rsidRDefault="00AF0219" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="7789B9EC" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>4. ФОРС – МАЖОР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="79AE8658" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="3764E8A9" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:numPr>
           <w:ins w:id="0" w:author="Akaevich Vyacheslav" w:date="2011-01-24T19:00:00Z"/>
         </w:numPr>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. При невыполнении или частичном невыполнении любой из Сторон обязательств по настоящему Договору вследствие наступления обстоятельств непреодолимой силы: пожара, наводнения, землетрясения и других стихийных бедствий, а также войны, военных операций, запретительных актов органов власти, непосредственно влияющих на сроки исполнения Сторонами своих обязательств, срок исполнения отодвигается соразмерно времени, в течение которого будут действовать эти обстоятельства. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="353E7DA0" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>4.2. Сторона, попавшая под действие непреодолимой силы, должна письменно известить об этом другую Сторону в течение 2-</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:r w:rsidR="00A22A88" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(двух) рабочих дней с момента наступления таких обстоятельств. Доказательством указанных в извещении фактов должны служить документы, выдаваемые компетентными государственными органами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="396641FC" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>4.3. Если подобное состояние невыполнения обязательств, вытекающих из настоящего Договора, продлится более трех месяцев, то каждая Сторона имеет право расторгнуть настоящий Договор в одностороннем порядке, известив письменно об этом другую Сторону. В этом случае действие Договора прекращается с момента получения такого извещения другой Стороной, что не освобождает Стороны от исполнения возникших из него обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="22FE38BD" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="0DD37C7C" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5. ОТВЕТСТВЕННОСТЬ СТОРОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="055B6203" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="1DCBD313" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. В случае неисполнения или просрочки исполнения любой из Сторон любого из установленных настоящим Договором обязательств, за исключением для Исполнителя - обязательств, за которые в соответствии с законодательством Российской Федерации ответственность несет Перевозчик, просрочившая Сторона обязуется уплатить по письменному требованию другой Стороны пени в размере </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>0,1</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>% (одной десятой) процента от стоимости заказанных услуг за каждый день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="2F6D4C68" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>5.2. Уплата неустоек за нарушение любого обязательства из Договора не освобождает Стороны от исполнения этих обязательств, а также от полного возмещения убытков, причиненных нарушением такого обязательства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="0F18F6B8" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="4BBDA884" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6. СРОК ДЕЙСТВИЯ ДОГОВОРА. ДОСРОЧНОЕ РАСТОРЖЕНИЕ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="45F6A838" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="22A04523" w14:textId="1937E948" w:rsidR="009D18D7" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6.1. Настоящий Договор вступает в силу с момента его подписания Сторонами и действует до «31» декабря</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00A547D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F4213F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="003D376F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> года включительно</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0010296B" w:rsidRPr="0010296B" w:rsidRDefault="0010296B" w:rsidP="009D18D7">
+    <w:p w14:paraId="79890C8E" w14:textId="77777777" w:rsidR="0010296B" w:rsidRPr="0010296B" w:rsidRDefault="0010296B" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010296B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>При отсутствии письменного уведомления одной из сторон за 30 (тридцать) календарных дней до дня окончания срока действия настоящего Договора, его действие считается пролонгированным на один календарный год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="19B3904F" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6.2. Любая из сторон вправе в любой момент отказаться от исполнения настоящего  Договора в одностороннем порядке основании письменного уведомления другой стороны не менее чем за 1</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>пятнадцать</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) календарных дней до предполагаемой даты расторжения, за исключением случаев расторжения Договора в порядке, указанном в п. 6.3. настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="18B3EFC2" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6.3.</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2558,800 +2582,800 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Уведомление о намерении расторгнуть Договор по основанию, указанному в настоящем пункте, должно быть изложено в письменной форме и направлено Заказчику не менее</w:t>
       </w:r>
       <w:r w:rsidR="0087348B" w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> чем за 15 (пятнадцать) календарных дней до предполагаемой даты расторжения Договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="4A019CC6" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6.4. В течение 15 (пятнадцати) рабочих дней со дня уведомления инициатором расторжения Договора другой стороны сторонами должна быть проведена сверка взаиморасчетов, что подлежит отражению в соответствующем акте.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="3AE833B8" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="98" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023338C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>6.5. Если за 15 (пятнадцать) рабочих дней до истечения срока действия Договора у Исполнителя находятся неисполненные заявки Заказчика, то Стороны в течение 10 (десяти) рабочих дней до момента истечения срока действия Договора обязаны письменно согласовать дальнейшее взаимодействие по вопросам исполнения или отмены указанных заявок. При этом Исполнитель приостанавливает оказание услуг по данным заявкам. Если будет принято решение об исполнении указанных заявок, то срок действия Договора продлевается до момента их исполнения и окончательного расчета между Сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
+    <w:p w14:paraId="7914E0DF" w14:textId="77777777" w:rsidR="009D18D7" w:rsidRPr="0023338C" w:rsidRDefault="009D18D7" w:rsidP="009D18D7">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="3103D2B5" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7. КОНФИДЕНЦИАЛЬНОСТЬ. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="7AB741CB" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="6363F2FE" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.1. Сведения, содержащиеся в настоящем Договоре, информация и документация, передаваемые Сторонами друг другу в соответствии с настоящим Договором, а также переписка Сторон, признаются Сторонами конфиденциальными и Стороны обязуются защищать указанные сведения от разглашения как в течение срока действия Договора, так и после его окончания/прекращения. Конфиденциальные сведения могут быть предоставлены третьим лицам любой из Сторон только на основании письменного согласия другой Стороны или в случаях их востребования надлежащими компетентными органами в соответствии с порядком и на условиях, установленных нормативными правовыми актами законодательства РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="0C6DE9FF" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7.2. Обязательства по защите конфиденциальности, возлагаемые на Стороны Договором, не </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>будут распространяться на общедоступную информацию, а также на информацию, которая станет общеизвестна не по вине Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="6FB68871" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7.3. Все споры и разногласия, которые могут возникать в ходе выполнения Договора, будут разрешаться Сторонами путём переговоров. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="489D48B8" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.4.В случае, если Стороны не достигнут согласия в результате переговоров в течение 10 (десяти) рабочих дней, такие споры и разногласия могут быть переданы любой из сторон на разрешение Арбитражного суда г. Москвы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="54FB8373" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.5. Договор составлен на русском языке в 2 (двух) экземплярах, имеющих равную юридическую силу, по одному каждой из Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="4FEEACFE" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.6. Все изменения, приложения, уведомления, дополнения к Договору и иные документы в связи с исполнением настоящего Договора, должны быть совершены в письменной форме и подписаны уполномоченными представителями Сторон. Все изменения, и дополнения к Договору являются его неотъемлемой частью, а Приложения - единым целым с Договором. Стороны подтверждают, что признают юридическую силу договора, приложений к нему, а также бухгалтерских документов, которые были получены в сканированной форме посредством электронной почты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="126F5A6D" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="140" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.7. Все договорные формы, уведомления, акты, счета и иные документы в связи с Дого</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="OCRUncertain256"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ором должны направляться по указанным в статье 9 Договора адресам (в том числе электронной почты) или номерам факса. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="54ECCC62" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7.8. При направлении уведомлений одной из Сторон почтой, они считаются полученными другой Стороной при получении отправителем уведомления о вручении почтового отправления получателю корреспонденции. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="1B699BB4" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="3D870289" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>8. ОСОБЫЕ УСЛОВИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="7F7919CF" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.1. Обмен устными сообщениями по телефону, т.е. передача и прием сообщений по телефону может использоваться Заказчиком и Исполнителем в случаях, когда по Договору</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>предусмотрено информирование Сторонами друг друга об условиях Договора, требующих встречного исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="63E00472" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.2. Исполнитель рассматривает любое лицо, осуществляющее с ним обмен сообщениями по телефону, а также Заявки, поступившие на электронную почту Исполнителя, как Заказчика и интерпретирует любые сообщения этого лица (поручения, запросы, письма и т.п.), как поручения от имени Заказчика, если это лицо корректно назовет наименование Заказчика и будет идентифицировано оператором Исполнителя (в том числе с помощью идентификации номера звонящего абонента), как представитель или сотрудник Заказчика.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
+    <w:p w14:paraId="24177922" w14:textId="77777777" w:rsidR="00771AA0" w:rsidRDefault="00771AA0" w:rsidP="00771AA0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8.3. Переговоры Заказчика с Исполнителем должны происходить только с использованием официальных телефонов Исполнителя. При этом они </w:t>
       </w:r>
       <w:r w:rsidR="00176E6D">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">могут </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>быть зафиксированы в виде записи телефонного разговора. Заказчик и Исполнитель настоящим подтверждают, что признают данную запись в качестве доказательства при разрешении конфликтных ситуаций, в том числе в качестве доказательства выдачи и принятия поручений (заявок), а также наличия договоренности о существенных условиях таких поручений (заявок). Запись соответствующего телефонного разговора может быть предоставлена Исполнителем Заказчику по его официальному письменному запросу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="338EE086" w14:textId="77777777" w:rsidR="00B56170" w:rsidRPr="0023338C" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="0B483FFC" w14:textId="77777777" w:rsidR="00B56170" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>9. РЕКВИЗИТЫ И ПОДПИСИ СТОРОН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56170" w:rsidRDefault="00B56170">
+    <w:p w14:paraId="6DCB6F13" w14:textId="77777777" w:rsidR="00B56170" w:rsidRDefault="00B56170">
       <w:pPr>
         <w:pStyle w:val="15"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4982"/>
         <w:gridCol w:w="24"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B56170" w:rsidTr="001F5265">
+      <w:tr w:rsidR="00B56170" w14:paraId="7873C0E4" w14:textId="77777777" w:rsidTr="001F5265">
         <w:trPr>
           <w:trHeight w:val="3492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0055160A" w:rsidRDefault="0055160A" w:rsidP="0087348B">
+          <w:p w14:paraId="30712583" w14:textId="77777777" w:rsidR="0055160A" w:rsidRDefault="0055160A" w:rsidP="0087348B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИСПОЛНИТЕЛЬ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00024E1D" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="7FB8E4EF" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00024E1D" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024E1D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ООО «Темпо Тур»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="008B041D" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="73339690" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="008B041D" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D11FF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Юридический </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">и фактический </w:t>
             </w:r>
             <w:r w:rsidRPr="00D11FF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>адрес</w:t>
             </w:r>
             <w:r w:rsidRPr="008B041D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00372778" w:rsidRPr="00372778" w:rsidRDefault="00372778" w:rsidP="00372778">
+          <w:p w14:paraId="1D240854" w14:textId="77777777" w:rsidR="00372778" w:rsidRPr="00372778" w:rsidRDefault="00372778" w:rsidP="00372778">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372778">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>115230, г. Москва, Варшавское ш., д.42, офис 6245</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00372778" w:rsidRDefault="00372778" w:rsidP="00372778">
+          <w:p w14:paraId="0A60354B" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00372778" w:rsidRDefault="00372778" w:rsidP="00372778">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372778">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Почтовый адрес: 115230, г. Москва, Варшавское ш., д.42, офис 6245</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRDefault="00CC210F" w:rsidP="00372778">
+          <w:p w14:paraId="27E92942" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRDefault="00CC210F" w:rsidP="00372778">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Расчетный счет 40702810301400003673 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="36E0867E" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>АО «Альфа Банк»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>г. Москва</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="5E946E7B" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>БИК 044525593</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="7F5F554C" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Корр./счет 30101810200000000593</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="0758450A" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КПП  770701001</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ИНН 7705663190</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="605D50FF" w14:textId="77777777" w:rsidR="00CC210F" w:rsidRPr="00B4288F" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОКПО 77483227</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОГРН 1057746897867</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B56170" w:rsidRPr="00DD6C47" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
+          <w:p w14:paraId="76F92199" w14:textId="77777777" w:rsidR="00B56170" w:rsidRPr="00DD6C47" w:rsidRDefault="00CC210F" w:rsidP="00CC210F">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4288F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Тел/факс. (495) 788-44-22</w:t>
             </w:r>
             <w:r w:rsidRPr="00680E47">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3396,356 +3420,356 @@
               <w:r w:rsidRPr="00680E47">
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="00B6462C">
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:bCs/>
                   <w:iCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>info</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5006" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B56170" w:rsidRDefault="00B56170">
+          <w:p w14:paraId="4E8AD80D" w14:textId="77777777" w:rsidR="00B56170" w:rsidRDefault="00B56170">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ЗАКАЗЧИК</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A021C4" w:rsidRDefault="00A021C4" w:rsidP="002116E0">
+          <w:p w14:paraId="3F8F5319" w14:textId="77777777" w:rsidR="00A021C4" w:rsidRDefault="00A021C4" w:rsidP="002116E0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007270D1" w:rsidTr="00F94761">
+      <w:tr w:rsidR="007270D1" w14:paraId="705BA879" w14:textId="77777777" w:rsidTr="00F94761">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
+          <w:p w14:paraId="0BBBF0BA" w14:textId="77777777" w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Исполнитель:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
+          <w:p w14:paraId="440ED9D3" w14:textId="77777777" w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4982" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007270D1" w:rsidRDefault="00325740" w:rsidP="00727C5E">
+          <w:p w14:paraId="08C74DB8" w14:textId="77777777" w:rsidR="007270D1" w:rsidRDefault="00325740" w:rsidP="00727C5E">
             <w:pPr>
               <w:pStyle w:val="a1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
             <w:r w:rsidR="007270D1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Заказчик:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
+          <w:p w14:paraId="60FD4C0E" w14:textId="77777777" w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="00727C5E">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007270D1" w:rsidTr="00F94761">
+      <w:tr w:rsidR="007270D1" w14:paraId="5DA0E33E" w14:textId="77777777" w:rsidTr="00F94761">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="24" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="0087348B">
+          <w:p w14:paraId="075B1FAC" w14:textId="77777777" w:rsidR="007270D1" w:rsidRDefault="007270D1" w:rsidP="0087348B">
             <w:pPr>
               <w:pStyle w:val="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4982" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00346ED5" w:rsidRDefault="00346ED5" w:rsidP="00792709">
+          <w:p w14:paraId="4DDACABF" w14:textId="77777777" w:rsidR="00346ED5" w:rsidRDefault="00346ED5" w:rsidP="00792709">
             <w:pPr>
               <w:pStyle w:val="a1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:ind w:left="0" w:right="440" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001F1D56" w:rsidRPr="000469E5" w:rsidRDefault="001F1D56" w:rsidP="00EA5387">
+    <w:p w14:paraId="003AA3E9" w14:textId="77777777" w:rsidR="001F1D56" w:rsidRPr="000469E5" w:rsidRDefault="001F1D56" w:rsidP="00EA5387">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001F1D56" w:rsidRPr="000469E5" w:rsidSect="00FC60C2">
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="324" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00260E84" w:rsidRDefault="00260E84">
+    <w:p w14:paraId="6120A771" w14:textId="77777777" w:rsidR="005435DB" w:rsidRDefault="005435DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00260E84" w:rsidRDefault="00260E84">
+    <w:p w14:paraId="5AFFFC92" w14:textId="77777777" w:rsidR="005435DB" w:rsidRDefault="005435DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baltica">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00260E84" w:rsidRDefault="00260E84">
+    <w:p w14:paraId="5361406F" w14:textId="77777777" w:rsidR="005435DB" w:rsidRDefault="005435DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00260E84" w:rsidRDefault="00260E84">
+    <w:p w14:paraId="5A843524" w14:textId="77777777" w:rsidR="005435DB" w:rsidRDefault="005435DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3831,72 +3855,72 @@
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="9"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="402"/>
         </w:tabs>
         <w:ind w:left="402" w:hanging="402"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1713"/>
         </w:tabs>
@@ -3966,93 +3990,93 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000004"/>
     <w:name w:val="WW8Num4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000005"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000005"/>
     <w:name w:val="WW8Num5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000006"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000006"/>
     <w:name w:val="WW8Num6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="402"/>
         </w:tabs>
         <w:ind w:left="402" w:hanging="402"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1004"/>
         </w:tabs>
@@ -4122,51 +4146,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009929A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE58A13C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4235,51 +4259,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02082292"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F21012AA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4348,51 +4372,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="062318EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4F0E5EDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4488,51 +4512,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30C47C83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0B082D8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4601,51 +4625,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4185531E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F752853A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4741,51 +4765,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52C06227"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4498E302"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4881,51 +4905,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3788"/>
         </w:tabs>
         <w:ind w:left="3788" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4072"/>
         </w:tabs>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6C6738"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5CBC294C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="495" w:hanging="495"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1351" w:hanging="495"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5037,84 +5061,85 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="160"/>
   <w:displayBackgroundShape/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="1" w:dllVersion="512" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E72BE0"/>
     <w:rsid w:val="0000098D"/>
     <w:rsid w:val="000038B7"/>
     <w:rsid w:val="00003D9D"/>
     <w:rsid w:val="00013D73"/>
     <w:rsid w:val="0002782B"/>
     <w:rsid w:val="00036CC5"/>
     <w:rsid w:val="000469E5"/>
     <w:rsid w:val="0004717B"/>
     <w:rsid w:val="00047FC6"/>
     <w:rsid w:val="0006378A"/>
     <w:rsid w:val="0006502A"/>
     <w:rsid w:val="0006692C"/>
     <w:rsid w:val="0007197E"/>
     <w:rsid w:val="00074C90"/>
     <w:rsid w:val="00083B01"/>
     <w:rsid w:val="00084829"/>
     <w:rsid w:val="0009271B"/>
     <w:rsid w:val="0009534E"/>
     <w:rsid w:val="00095B5F"/>
     <w:rsid w:val="000A1B57"/>
     <w:rsid w:val="000A730A"/>
     <w:rsid w:val="000B7428"/>
@@ -5165,72 +5190,74 @@
     <w:rsid w:val="002C1840"/>
     <w:rsid w:val="002C3604"/>
     <w:rsid w:val="002F2DEF"/>
     <w:rsid w:val="002F5CFB"/>
     <w:rsid w:val="00300887"/>
     <w:rsid w:val="00311840"/>
     <w:rsid w:val="00311ED5"/>
     <w:rsid w:val="003200DC"/>
     <w:rsid w:val="00325740"/>
     <w:rsid w:val="003271AF"/>
     <w:rsid w:val="00334F14"/>
     <w:rsid w:val="003377AD"/>
     <w:rsid w:val="00337D35"/>
     <w:rsid w:val="00346ED5"/>
     <w:rsid w:val="003624D4"/>
     <w:rsid w:val="00364BC2"/>
     <w:rsid w:val="00372778"/>
     <w:rsid w:val="00372FCF"/>
     <w:rsid w:val="00376A95"/>
     <w:rsid w:val="003775D8"/>
     <w:rsid w:val="003913D5"/>
     <w:rsid w:val="00395372"/>
     <w:rsid w:val="003A4CEB"/>
     <w:rsid w:val="003B1581"/>
     <w:rsid w:val="003B7990"/>
+    <w:rsid w:val="003D376F"/>
     <w:rsid w:val="003E1BCD"/>
     <w:rsid w:val="003E4669"/>
     <w:rsid w:val="003F049C"/>
     <w:rsid w:val="003F42D9"/>
     <w:rsid w:val="00415907"/>
     <w:rsid w:val="00415CDB"/>
     <w:rsid w:val="00427874"/>
     <w:rsid w:val="004309FF"/>
     <w:rsid w:val="00436289"/>
     <w:rsid w:val="00445C73"/>
     <w:rsid w:val="00450E0B"/>
     <w:rsid w:val="004518F5"/>
     <w:rsid w:val="00451A8F"/>
     <w:rsid w:val="004650F9"/>
     <w:rsid w:val="00490C15"/>
     <w:rsid w:val="004B15AC"/>
     <w:rsid w:val="004E370C"/>
     <w:rsid w:val="004E53F3"/>
     <w:rsid w:val="00507F9F"/>
     <w:rsid w:val="00514F6E"/>
     <w:rsid w:val="00525BC2"/>
     <w:rsid w:val="005266DA"/>
+    <w:rsid w:val="005435DB"/>
     <w:rsid w:val="0054448A"/>
     <w:rsid w:val="0055160A"/>
     <w:rsid w:val="00564BC1"/>
     <w:rsid w:val="00571D5F"/>
     <w:rsid w:val="00590AA4"/>
     <w:rsid w:val="00590EBA"/>
     <w:rsid w:val="00597F53"/>
     <w:rsid w:val="005A307F"/>
     <w:rsid w:val="005B692A"/>
     <w:rsid w:val="005C556E"/>
     <w:rsid w:val="005E28CA"/>
     <w:rsid w:val="005E64C2"/>
     <w:rsid w:val="005F2594"/>
     <w:rsid w:val="005F74CE"/>
     <w:rsid w:val="0060246D"/>
     <w:rsid w:val="00603597"/>
     <w:rsid w:val="006071C1"/>
     <w:rsid w:val="006141AB"/>
     <w:rsid w:val="0061451B"/>
     <w:rsid w:val="0061665E"/>
     <w:rsid w:val="006204F2"/>
     <w:rsid w:val="0062616B"/>
     <w:rsid w:val="00635FC5"/>
     <w:rsid w:val="00637F58"/>
     <w:rsid w:val="00640E24"/>
@@ -5395,219 +5422,454 @@
     <w:rsid w:val="00F0305A"/>
     <w:rsid w:val="00F065B9"/>
     <w:rsid w:val="00F07784"/>
     <w:rsid w:val="00F4213F"/>
     <w:rsid w:val="00F64D12"/>
     <w:rsid w:val="00F700C8"/>
     <w:rsid w:val="00F73ED3"/>
     <w:rsid w:val="00F74508"/>
     <w:rsid w:val="00F90145"/>
     <w:rsid w:val="00F94761"/>
     <w:rsid w:val="00FA304A"/>
     <w:rsid w:val="00FA7ECB"/>
     <w:rsid w:val="00FB0020"/>
     <w:rsid w:val="00FB4602"/>
     <w:rsid w:val="00FC08CE"/>
     <w:rsid w:val="00FC60C2"/>
     <w:rsid w:val="00FD125F"/>
     <w:rsid w:val="00FE5074"/>
     <w:rsid w:val="00FF4730"/>
     <w:rsid w:val="00FF6217"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="30FB6484"/>
+  <w15:docId w15:val="{45C1AED6-A98F-4DE5-B5A7-225840343D83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F0305A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial"/>
       <w:kern w:val="1"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="10"/>
     <w:next w:val="a0"/>
     <w:qFormat/>
     <w:rsid w:val="00F0305A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
@@ -5763,51 +6025,50 @@
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a2">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a3">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a4">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rsid w:val="00F0305A"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
     <w:name w:val="WW8Num4z0"/>
@@ -6225,51 +6486,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af0">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a2"/>
     <w:link w:val="af"/>
     <w:rsid w:val="003B1581"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1477455584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@samolet.info" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -6550,78 +6811,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51E393C5-9700-4225-864B-7171778C4475}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2560</Words>
-  <Characters>14596</Characters>
+  <Characters>14598</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>121</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ДОГОВОР № ______</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Samolet Ltd</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17122</CharactersWithSpaces>
+  <CharactersWithSpaces>17124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>851988</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.samolet.info/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>851988</vt:i4>
       </vt:variant>
       <vt:variant>